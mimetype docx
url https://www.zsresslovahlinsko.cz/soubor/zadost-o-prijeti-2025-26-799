--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -50,104 +50,104 @@
         <w:gridCol w:w="46"/>
         <w:gridCol w:w="410"/>
         <w:gridCol w:w="422"/>
         <w:gridCol w:w="561"/>
         <w:gridCol w:w="565"/>
         <w:gridCol w:w="252"/>
         <w:gridCol w:w="1124"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F249F" w:rsidRPr="008F249F" w14:paraId="1C5DFD5F" w14:textId="77777777" w:rsidTr="00AD78F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC5DE90" w14:textId="6BFA88CF" w:rsidR="008F249F" w:rsidRPr="008F249F" w:rsidRDefault="00AD78F1" w:rsidP="00AD78F1">
+          <w:p w14:paraId="1DC5DE90" w14:textId="058A07C2" w:rsidR="008F249F" w:rsidRPr="008F249F" w:rsidRDefault="00AD78F1" w:rsidP="00AD78F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ž</w:t>
             </w:r>
             <w:r w:rsidR="008F249F" w:rsidRPr="008F249F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ádost o přijetí dítěte do 1. ročníku základní školy ve školním roce 202</w:t>
             </w:r>
-            <w:r w:rsidR="005A67F3">
+            <w:r w:rsidR="0059681D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008F249F" w:rsidRPr="008F249F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="005A67F3">
+            <w:r w:rsidR="0059681D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34AD6037" w14:textId="77777777" w:rsidR="00AD78F1" w:rsidRPr="00AD78F1" w:rsidRDefault="00AD78F1" w:rsidP="00AD78F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0EC7A6FD" w14:textId="252EE50E" w:rsidR="008F249F" w:rsidRPr="00AD78F1" w:rsidRDefault="008F249F" w:rsidP="00AD78F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F249F">
               <w:rPr>
@@ -2802,120 +2802,120 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F249F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Při vedení dokumentace škola postupuje v souladu s Nařízením Evropského parlamentu a Rady (EU) 2016/679 (GDPR) a v souladu se zákonem č. 110/2019 Sb., o zpracování osobních údajů.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00122EDB" w:rsidRPr="008F249F" w:rsidSect="008F249F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EF45785" w14:textId="77777777" w:rsidR="00112D46" w:rsidRDefault="00112D46" w:rsidP="00CE373E">
+    <w:p w14:paraId="06CA7EE4" w14:textId="77777777" w:rsidR="008E443C" w:rsidRDefault="008E443C" w:rsidP="00CE373E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21458A1B" w14:textId="77777777" w:rsidR="00112D46" w:rsidRDefault="00112D46" w:rsidP="00CE373E">
+    <w:p w14:paraId="473B48D1" w14:textId="77777777" w:rsidR="008E443C" w:rsidRDefault="008E443C" w:rsidP="00CE373E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="024F256D" w14:textId="77777777" w:rsidR="00112D46" w:rsidRDefault="00112D46" w:rsidP="00CE373E">
+    <w:p w14:paraId="667FC532" w14:textId="77777777" w:rsidR="008E443C" w:rsidRDefault="008E443C" w:rsidP="00CE373E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A5EDF7F" w14:textId="77777777" w:rsidR="00112D46" w:rsidRDefault="00112D46" w:rsidP="00CE373E">
+    <w:p w14:paraId="44992B1E" w14:textId="77777777" w:rsidR="008E443C" w:rsidRDefault="008E443C" w:rsidP="00CE373E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25CF3820"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0472054C"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3074,115 +3074,117 @@
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="558899292">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1557888498">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE373E"/>
     <w:rsid w:val="00026AB6"/>
     <w:rsid w:val="00040F76"/>
     <w:rsid w:val="0009274E"/>
     <w:rsid w:val="000A0238"/>
     <w:rsid w:val="000A4233"/>
     <w:rsid w:val="000A4953"/>
     <w:rsid w:val="00112D46"/>
     <w:rsid w:val="00122EDB"/>
     <w:rsid w:val="00152BB0"/>
     <w:rsid w:val="0019400E"/>
     <w:rsid w:val="001F4BE8"/>
     <w:rsid w:val="00281CE4"/>
     <w:rsid w:val="002E2DA1"/>
     <w:rsid w:val="00355F11"/>
     <w:rsid w:val="00360E2B"/>
     <w:rsid w:val="003F714B"/>
     <w:rsid w:val="00480BB2"/>
     <w:rsid w:val="004A6B0C"/>
     <w:rsid w:val="004E158D"/>
     <w:rsid w:val="004F6199"/>
     <w:rsid w:val="004F67CD"/>
+    <w:rsid w:val="0059681D"/>
     <w:rsid w:val="005A67F3"/>
     <w:rsid w:val="005D2800"/>
     <w:rsid w:val="006345C9"/>
     <w:rsid w:val="00650060"/>
     <w:rsid w:val="006C5B07"/>
     <w:rsid w:val="007551F9"/>
     <w:rsid w:val="0076790B"/>
     <w:rsid w:val="00800AEA"/>
     <w:rsid w:val="00827370"/>
     <w:rsid w:val="00873A99"/>
+    <w:rsid w:val="008E443C"/>
     <w:rsid w:val="008F249F"/>
     <w:rsid w:val="0090742E"/>
     <w:rsid w:val="009411D3"/>
     <w:rsid w:val="009F01E9"/>
     <w:rsid w:val="00A714C3"/>
     <w:rsid w:val="00AD1F61"/>
     <w:rsid w:val="00AD78F1"/>
     <w:rsid w:val="00B131DD"/>
     <w:rsid w:val="00B2505A"/>
     <w:rsid w:val="00B93310"/>
     <w:rsid w:val="00B956A9"/>
+    <w:rsid w:val="00C62DD9"/>
     <w:rsid w:val="00CE373E"/>
     <w:rsid w:val="00CF4C60"/>
     <w:rsid w:val="00D904A0"/>
     <w:rsid w:val="00DC375C"/>
     <w:rsid w:val="00E86BCB"/>
     <w:rsid w:val="00E91774"/>
     <w:rsid w:val="00EC700C"/>
     <w:rsid w:val="00F50BB6"/>
     <w:rsid w:val="00F52704"/>
     <w:rsid w:val="00F81E6F"/>
     <w:rsid w:val="00FA1553"/>
     <w:rsid w:val="00FF086F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>